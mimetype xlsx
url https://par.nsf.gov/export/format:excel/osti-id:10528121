--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,311 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10528121</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Gender Differences in the Development of R Packages on GitHub</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Moore, C; Nguyen, U; Korkmaz, G</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-05T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The analysis of the gender dynamics in scientific research and respective outputs is crucial for ensuring that science policy is inclusive and equitable. Similar to other research outputs
+such as publications and patents, open source software (OSS) projects are also developed by contributors from universities, government research institutions, and nonprofits, in addition
+to businesses. Despite its reach and continued rapid growth, reliable and comprehensive survey data on OSS does not exist, limiting insights into contributions by gender and policy-
+makers’ ability to assess trends in gender representation. Like in scientific research, the inclusion of diverse perspectives in software development enhances creativity and
+problem-solving. Using GitHub data, researchers have found positive correlations between gender diversity of an OSS development team and its productivity (Vasilescu et al., 2015;
+Ortu et al., 2017). Yet there is evidence of gender bias, with women facing higher standards to have their contributions accepted (Terrell et al., 2017; Imtiaz et al., 2019).
+This exploratory study aims to quantify gender differences in development and use (impact) of OSS using publicly available information collected from GitHub. We focus on software packages developed for programming language R, with the majority of contributors from academia. The paper asks (1) what are gender differences in the volume of contributions? (2) has gender representation shifted over time? (3) is there a correlation between the gender of contributors and the impact of a package?</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2306160</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Statistical Association</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Symposium on Data Science and Statistics (SDSS) 2024</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>