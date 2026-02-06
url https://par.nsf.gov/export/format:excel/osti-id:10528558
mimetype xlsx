--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10528558</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3626252.3630872</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Idea Builder: Motivating Idea Generation and Planning for Open-Ended Programming Projects through Storyboarding</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Wengran; Limke, Ally; Bobbadi, Mahesh; Isvik, Amy; Cateté, Veronica; Barnes, Tiffany; Price, Thomas W</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1402 to 1408</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400704239</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In computing classrooms, building an open-ended programming project engages students in the process of designing and implementing an idea of their own choice. An explicit planning process has been shown to help students build more complex and ambitious open-ended projects. However, novices encounter difficulties in exploring and creatively expressing ideas during planning. We present Idea Builder, a storyboarding-based planning system to help novices visually express their ideas. Idea Builder includes three features: 1) storyboards to help students express a variety of ideas that map easily to programming code, 2) animated example mechanics with example actors to help students explore the space of possible ideas supported by the programming environments, and 3) synthesized starter code to help students easily transition from planning to programming. Through two studies with high school coding workshops, we found that students self-reported as feeling creative and feeling easy to communicate ideas; having access to animated example mechanics of an actor help students to build those actors in their plans and projects; and that most students perceived the synthesized starter code from Idea Builder as helpful and time-saving.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1917885</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Portland OR USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>