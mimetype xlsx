--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10528671</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/acf294</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>HST UV Spectroscopy of the Dwarf Starburst Galaxy Pox 186</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rogers, Noah_S J; Scarlata, Claudia M; Skillman, Evan D; Eggen, Nathan R; Jaskot, Anne E; Mehta, Vihang; Cannon, John M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-09-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>955</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>112</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Studying the galaxies responsible for reionization is often conducted through local reionization-era analogs; however, many of these local analogs are too massive to be representative of the low-mass star-forming galaxies that are thought to play a dominant role in reionization. The local, low-mass dwarf starburst galaxy Pox 186 is one such system with physical conditions representative of a reionization-era starburst galaxy. We present deep ultraviolet (UV) spectroscopy of Pox 186 to study its stellar population and ionization conditions and to compare these conditions to other local starburst galaxies. The new Cosmic Origins Spectrograph data are combined with archival observations to cover ∼1150–2000 Å and allow for an assessment of Pox 186's stellar population, the relative enrichment of C and O, and the escape of ionizing photons. We detect significant Ly&lt;italic&gt;α&lt;/italic&gt;and low-ionization state absorption features, indicative of previously undetected neutral gas in Pox 186. The C/O relative abundance, log(C/O) = −0.62 ± 0.02, is consistent with other low-metallicity dwarf galaxies and suggests a comparable star formation history in these systems. We compare UV line ratios in Pox 186 to those of dwarf galaxies and photoionization models, and we find excellent agreement for the ratios utilizing the intense C&lt;sc&gt;iii&lt;/sc&gt;], O&lt;sc&gt;iii&lt;/sc&gt;], and double-peaked C&lt;sc&gt;iv&lt;/sc&gt;lines. However, the UV and optical He&lt;sc&gt;ii&lt;/sc&gt;emission is faint and distinguishes Pox 186 from other local starburst dwarf galaxies. We explore mechanisms that could produce faint He&lt;sc&gt;ii&lt;/sc&gt;, which have implications for the low-mass reionization-era galaxies that may have similar ionization conditions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2009894</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>