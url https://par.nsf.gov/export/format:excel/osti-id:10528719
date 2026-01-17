--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-03-07T05:00:00Z</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>3935 to 3944</t>
   </si>
   <si>
     <t>1932-7447</t>
   </si>
   <si>
     <t>An exploration of the “on-the-fly” nonadiabatic couplings (NACs) for nonradiative relaxation and recombination of excited states in 2D Dion–Jacobson (DJ) lead halide perovskites (LHPs) is accelerated by a machine learning approach. Specifically, ab initio molecular dynamics (AIMD) of nanostructures composed of heavy elements is performed with the use of machine-learning force-fields (MLFFs), as implemented in the Vienna Ab initio Simulation Package (VASP). The force field parametrization is established using on-the-fly learning, which continuously builds a force field using AIMD data. At each time step of the molecular dynamics (MD) simulation, the total energy and forces are predicted based on the MLFF and if the Bayesian error estimate exceeds a threshold, an ab initio calculation is performed, which is used to construct a new force field. Model training of MLFF and evaluation were performed for a range of DJ-LHP models of different thicknesses and halide compositions. The MLFF-MD trajectories were evaluated against pure AIMD trajectories to assess the level of discrepancy and error accumulation. To examine the practical effectiveness of this approach, we have used the MLFF-based MD trajectories to compute NAC and excited-state dynamics. At each stage, results based on machine learning are compared to traditional ab initio based electronic dissipative dynamics. We find that MLFF-MD provides comparable results to AIMDs when MLFF is trained in an NPT ensemble.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1944921</t>
+    <t>1944921; 2004197</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Chemical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>