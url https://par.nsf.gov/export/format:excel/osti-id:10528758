--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10528758</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.compositesb.2024.111689</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Mechanical behavior of MXene-Polymer layered nanocomposite using computational finite element analysis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Prasad, Anamika; Hasse, Jason; Steimle, Timothy; Nepal, Dhriti; Frank, Geoffrey J; Varshney, Vikas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Composites Part B: Engineering</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>284</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>111689</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1359-8368</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The structural integrity of MXene and MXene-based materials is important across applications from sensors to energy storage. While MXene processing has received significant attention, its structural integrity for real-world applications remains challenging due to its flake-like structure. Here the mechanical response of layered MXene-polymer nanocomposites (MPC) with high MXene concentration (&gt;70 %) and bioinspired nacre-like brick-and-mortar architecture is investigated to offer insights for MPC design and processing. An automated finite element analysis (FEA) framework is developed to analyze MPC models with randomized geometries and multiple combinations of the parameter space. Specifically, the influence of concentration, aspect ratio (AR), flake thickness, flake distribution, and interfacial strength is investigated. The results reveal property trends such as increasing elastic modulus, strength, and toughness with increasing cohesive strength and concentration for lower AR (=40, 60) but a decreasing trend at higher AR of 75. Local structural features like flake distribution, overlapping MXene lengths, and interconnected polymers in adjacent layers was found a critical determinant of performance. For example, stronger cohesive interaction showed 6X high toughness (291 226 ) compared to weaker case (50 24 ), but the large scatter highlighted the impact of microstructural features. The results are compared and validated with theoretical, computational, and experimental work. The findings provide valuable guidance for optimizing MPC design and their processing. Finally, the automation of the framework allows the design to be extended beyond the current system and chosen material combinations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2304788</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Composites Part B: Engineering</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>