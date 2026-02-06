--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10528888</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TWC.2023.3289190</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Robust Symbol Level Precoding for Overlay Cognitive Radio Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Lu; Masouros, Christos; Swindlehurst, A Lee</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Wireless Communications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1403 to 1415</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1536-1276</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper focuses on designing robust symbol-level precoding (SLP) in an overlay cognitive radio (CR) network, where the primary and secondary networks transmit signals concurrently. When the primary base station (PBS) shares data and perfect channel state information (CSI) with the cognitive base station (CBS), we derive an SLP approach that minimizes the CR transmission power and satisfies symbol-wise Safety Margin (SM) constraints of both primary users (PUs) and cognitive users (CUs). The resulting optimization has a quadratic objective and linear inequality (LI) constraints, which can be solved by standard convex methods. For the case of imperfect CSI from the PBS, we propose robust SLP schemes. First, with a norm-bounded CSI error model to approximate the uncertain channels, we adopt a max-min philosophy to conservatively achieve robust SLP constraints. Second, we use the additive quantization noise model (AQNM) to describe the quantized PBS CSI and employ a stochastic constraint to formulate the problem. Both robust approaches also result in a quadratic objective with LI constraints. Simulation results show that, rather than simply trying to eliminate the network’s cross-interference, the proposed robust SLP schemes enable the primary and secondary networks to aid each other in meeting their quality of service constraints.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2225575; 2008724</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>