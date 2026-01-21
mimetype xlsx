--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-07-30T04:00:00Z</t>
   </si>
   <si>
     <t>Molecular Microbiology</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>0950-382X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;&lt;italic&gt;Sinorhizobium meliloti&lt;/italic&gt;senses nutrients and compounds exuded from alfalfa host roots and coordinates an excitation, termination, and adaptation pathway during chemotaxis. We investigated the role of the novel&lt;italic&gt;S. meliloti&lt;/italic&gt;chemotaxis protein CheT. While CheT and the&lt;italic&gt;Escherichia coli&lt;/italic&gt;phosphatase CheZ share little sequence homology, CheT is predicted to possess an α‐helix with a DXXXQ phosphatase motif. Phosphorylation assays demonstrated that CheT dephosphorylates the phosphate‐sink response regulator, CheY1~P by enhancing its decay two‐fold but does not affect the motor response regulator CheY2~P. Isothermal Titration Calorimetry (ITC) experiments revealed that CheT binds to a phosphomimic of CheY1~P with a K&lt;sub&gt;&lt;italic&gt;D&lt;/italic&gt;&lt;/sub&gt;of 2.9 μM, which is 25‐fold stronger than its binding to CheY1. Dissimilar chemotaxis phenotypes of the Δ&lt;italic&gt;cheT&lt;/italic&gt;mutant and&lt;italic&gt;cheT&lt;/italic&gt;DXXXQ phosphatase mutants led to the hypothesis that CheT exerts additional function(s). A screen for potential binding partners of CheT revealed that it forms a complex with the methyltransferase CheR. ITC experiments confirmed CheT/CheR binding with a K&lt;sub&gt;&lt;italic&gt;D&lt;/italic&gt;&lt;/sub&gt;of 19 μM, and a SEC‐MALS analysis determined a 1:1 and 2:1 CheT/CheR complex formation. Although they did not affect each other's enzymatic activity, CheT binding to CheY1~P and CheR may serve as a link between signal termination and sensory adaptation.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2128233</t>
+    <t>2128233; 2128232</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 429-446</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>