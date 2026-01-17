--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,78 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10529001</t>
+    <t>10491946</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1126/sciadv.abn5715</t>
+  </si>
+  <si>
+    <t>Grain boundary dynamics driven by magnetically induced circulation at the void interface of 2D colloidal crystals</t>
+  </si>
+  <si>
+    <t>Lobmeyer, Dana M.; Biswal, Sibani Lisa</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Efficient batched algorithm for contextual linear bandits with large action space via soft elimination</t>
-[...5 lines deleted...]
-    <t>2023-12-15T05:00:00Z</t>
+    <t>2022-06-03T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Science Advances</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>2375-2548</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;The complexity of shear-induced grain boundary dynamics has been historically difficult to view at the atomic scale. Meanwhile, two-dimensional (2D) colloidal crystals have gained prominence as model systems to easily explore grain boundary dynamics at single-particle resolution but have fallen short at exploring these dynamics under shear. Here, we demonstrate how an inherent interfacial shear in 2D colloidal crystals drives microstructural evolution. By assembling paramagnetic particles into polycrystalline sheets using a rotating magnetic field, we generate a particle circulation at the interface of particle-free voids. This circulation shears the crystalline bulk, operating as both a source and sink for grain boundaries. Furthermore, we show that the Read-Shockley theory for hard-condensed matter predicts the misorientation angle and energy of shear-induced low-angle grain boundaries based on their regular defect spacing. Model systems containing shear provide an ideal platform to elucidate shear-induced grain boundary dynamics for use in engineering improved/advanced materials.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2221871</t>
-[...8 lines deleted...]
-    <t>Advances in Neural Information Processing Systems</t>
+    <t>1705703</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>AAAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -267,86 +285,96 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
-[...3 lines deleted...]
-      <c r="J2" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="H2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
-      <c r="L2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>