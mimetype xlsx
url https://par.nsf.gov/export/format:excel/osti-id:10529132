--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10529132</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Group Equivariant Sparse Coding</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shewmake, Christian; Miolane, Nina; Olshausen, Bruno</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We describe a sparse coding model of visual cortex that encodes image transformations in an equivariant and hierarchical manner. The model consists of a group-equivariant convolutional layer with internal recurrent connections that implement sparse coding through neural population attractor dynamics, consistent with the architecture of visual cortex. The layers can be stacked hierarchically by introducing recurrent connections between them. The hierarchical structure enables rich bottom-up and top-down information flows, hypothesized to underlie the visual system’s ability for perceptual inference. The model’s equivariant representations are demonstrated on time-varying visual scenes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2313150</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer, Proceedings of the conference on Geometric Science of Information</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>