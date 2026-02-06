--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10529734</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ad3e7c</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems. V. Do Self-consistent Atmospheric Models Represent JWST Spectra? A Showcase with VHS 1256–1257 b</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Petrus, Simon; Whiteford, Niall; Patapis, Polychronis; Biller, Beth A; Skemer, Andrew; Hinkley, Sasha; Suárez, Genaro; Palma-Bifani, Paulina; Morley, Caroline V; Tremblin, Pascal; Charnay, Benjamin; Vos, Johanna M; Wang, Jason J; Stone, Jordan M; Bonnefoy, Mickaël; Chauvin, Gaël; Miles, Brittany E; Carter, Aarynn L; Lueber, Anna; Helling, Christiane; Sutlieff, Ben J; Janson, Markus; Gonzales, Eileen C; Hoch, Kielan_K W; Absil, Olivier; Balmer, William O; Boccaletti, Anthony; Bonavita, Mariangela; Booth, Mark; Bowler, Brendan P; Briesemeister, Zackery W; Bryan, Marta L; Calissendorff, Per; Cantalloube, Faustine; Chen, Christine H; Choquet, Elodie; Christiaens, Valentin; Cugno, Gabriele; Currie, Thayne; Danielski, Camilla; De_Furio, Matthew; Dupuy, Trent J; Factor, Samuel M; Faherty, Jacqueline K; Fitzgerald, Michael P; Fortney, Jonathan J; Franson, Kyle; Girard, Julien H; Grady, Carol A; Henning, Thomas; Hines, Dean C; Hood, Callie E; Howe, Alex R; Kalas, Paul; Kammerer, Jens; Kennedy, Grant M; Kenworthy, Matthew A; Kervella, Pierre; Kim, Minjae; Kitzmann, Daniel; Kraus, Adam L; Kuzuhara, Masayuki; Lagage, Pierre-Olivier; Lagrange, Anne-Marie; Lawson, Kellen; Lazzoni, Cecilia; Leisenring, Jarron M; Lew, Ben_W P; Liu, Michael C; Liu, Pengyu; Llop-Sayson, Jorge; Lloyd, James P; Macintosh, Bruce; Mâlin, Mathilde; Manjavacas, Elena; Marino, Sebastián; Marley, Mark S; Marois, Christian; Martinez, Raquel A; Matthews, Elisabeth C; Matthews, Brenda C; Mawet, Dimitri; Mazoyer, Johan; McElwain, Michael W; Metchev, Stanimir; Meyer, Michael R; Millar-Blanchaer, Maxwell A; Mollière, Paul; Moran, Sarah E; Mukherjee, Sagnick; Pantin, Eric; Perrin, Marshall D; Pueyo, Laurent; Quanz, Sascha P; Quirrenbach, Andreas; Ray, Shrishmoy; Rebollido, Isabel; Adams_Redai, Jea; Ren, Bin B; Rickman, Emily; Sallum, Steph; Samland, Matthias; Sargent, Benjamin; Schlieder, Joshua E; Stapelfeldt, Karl R; Tamura, Motohide; Tan, Xianyu; Theissen, Christopher A; Uyama, Taichi; Vasist, Malavika; Vigan, Arthur; Wagner, Kevin; Ward-Duong, Kimberly; Wolff, Schuyler G; Worthen, Kadin; Wyatt, Mark C; Ygouf, Marie; Zurlo, Alice; Zhang, Xi; Zhang, Keming; Zhang, Zhoujian; Zhou, Yifan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>966</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L11</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The unprecedented medium-resolution (&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;λ&lt;/italic&gt;&lt;/sub&gt;∼ 1500–3500) near- and mid-infrared (1–18&lt;italic&gt;μ&lt;/italic&gt;m) spectrum provided by JWST for the young (140 ± 20 Myr) low-mass (12–20&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;Jup&lt;/sub&gt;) L–T transition (L7) companion VHS 1256 b gives access to a catalog of molecular absorptions. In this study, we present a comprehensive analysis of this data set utilizing a forward-modeling approach applying our Bayesian framework,&lt;monospace&gt;ForMoSA&lt;/monospace&gt;. We explore five distinct atmospheric models to assess their performance in estimating key atmospheric parameters:&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;eff&lt;/sub&gt;, log(&lt;italic&gt;g&lt;/italic&gt;), [M/H], C/O,&lt;italic&gt;γ&lt;/italic&gt;,&lt;italic&gt;f&lt;/italic&gt;&lt;sub&gt;sed&lt;/sub&gt;, and&lt;italic&gt;R&lt;/italic&gt;. Our findings reveal that each parameter’s estimate is significantly influenced by factors such as the wavelength range considered and the model chosen for the fit. This is attributed to systematic errors in the models and their challenges in accurately replicating the complex atmospheric structure of VHS 1256 b, notably the complexity of its clouds and dust distribution. To propagate the impact of these systematic uncertainties on our atmospheric property estimates, we introduce innovative fitting methodologies based on independent fits performed on different spectral windows. We finally derived a&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;eff&lt;/sub&gt;consistent with the spectral type of the target, considering its young age, which is confirmed by our estimate of log(&lt;italic&gt;g&lt;/italic&gt;). Despite the exceptional data quality, attaining robust estimates for chemical abundances [M/H] and C/O, often employed as indicators of formation history, remains challenging. Nevertheless, the pioneering case of JWST’s data for VHS 1256 b has paved the way for future acquisitions of substellar spectra that will be systematically analyzed to directly compare the properties of these objects and correct the systematics in the models.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2213312</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>