--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10529752</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ad21fb</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The JWST Early Release Science Program for Direct Observations of Exoplanetary Systems. IV. NIRISS Aperture Masking Interferometry Performance and Lessons Learned</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sallum, Steph; Ray, Shrishmoy; Kammerer, Jens; Sivaramakrishnan, Anand; Cooper, Rachel; Greebaum, Alexandra Z; Thatte, Deepashri; De_Furio, Matthew; Factor, Samuel M; Meyer, Michael R; Stone, Jordan M; Carter, Aarynn; Biller, Beth; Hinkley, Sasha; Skemer, Andrew; Suárez, Genaro; Leisenring, Jarron M; Perrin, Marshall D; Kraus, Adam L; Absil, Olivier; Balmer, William O; Betti, Sarah K; Boccaletti, Anthony; Bonavita, Mariangela; Bonnefoy, Mickael; Booth, Mark; Bowler, Brendan P; Briesemeister, Zackery W; Bryan, Marta L; Calissendorff, Per; Cantalloube, Faustine; Chauvin, Gael; Chen, Christine H; Choquet, Elodie; Christiaens, Valentin; Cugno, Gabriele; Currie, Thayne; Danielski, Camilla; Dupuy, Trent J; Faherty, Jacqueline K; Fitzgerald, Michael P; Fortney, Jonathan J; Franson, Kyle; Girard, Julien H; Grady, Carol A; Gonzales, Eileen C; Henning, Thomas; Hines, Dean C; Hoch, Kielan_K W; Hood, Callie E; Howe, Alex R; Janson, Markus; Kalas, Paul; Kennedy, Grant M; Kenworthy, Matthew A; Kervella, Pierre; Kitzmann, Daniel; Kuzuhara, Masayuki; Lagrange, Anne-Marie; Lagage, Pierre-Olivier; Lawson, Kellen; Lazzoni, Cecilia; Lew, Ben_W P; Liu, Michael C; Liu, Pengyu; Llop-Sayson, Jorge; Lloyd, James P; Lueber, Anna; Macintosh, Bruce; Manjavacas, Elena; Marino, Sebastian; Marley, Mark S; Marois, Christian; Martinez, Raquel A; Matthews, Brenda C; Matthews, Elisabeth C; Mawet, Dimitri; Mazoyer, Johan; McElwain, Michael W; Metchev, Stanimir; Miles, Brittany E; Millar-Blanchaer, Maxwell A; Molliere, Paul; Moran, Sarah E; Morley, Caroline V; Mukherjee, Sagnick; Palma-Bifani, Paulina; Pantin, Eric; Patapis, Polychronis; Petrus, Simon; Pueyo, Laurent; Quanz, Sascha P; Quirrenbach, Andreas; Rebollido, Isabel; Redai, Jea Adams; Ren, Bin B; Rickman, Emily; Samland, Matthias; Sargent, B A; Schlieder, Joshua E; Schneider, Glenn; Stapelfeldt, Karl R; Sutlieff, Ben J; Tamura, Motohide; Tan, Xianyu; Theissen, Christopher A; Uyama, Taichi; Vigan, Arthur; Vasist, Malavika; Vos, Johanna M; Wagner, Kevin; Wang, Jason J; Ward-Duong, Kimberly; Whiteford, Niall; Wolff, Schuyler G; Worthen, Kadin; Wyatt, Mark C; Ygouf, Marie; Zhang, Xi; Zhang, Keming; Zhang, Zhoujian; Zhou, Yifan; Zurlo, Alice</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-19T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>963</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L2</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present a performance analysis for the aperture masking interferometry (AMI) mode on board the James Webb Space Telescope Near Infrared Imager and Slitless Spectrograph (JWST/NIRISS). Thanks to self-calibrating observables, AMI accesses inner working angles down to and even within the classical diffraction limit. The scientific potential of this mode has recently been demonstrated by the Early Release Science (ERS) 1386 program with a deep search for close-in companions in the HIP 65426 exoplanetary system. As part of ERS 1386, we use the same data set to explore the random, static, and calibration errors of NIRISS AMI observables. We compare the observed noise properties and achievable contrast to theoretical predictions. We explore possible sources of calibration errors and show that differences in charge migration between the observations of HIP 65426 and point-spread function calibration stars can account for the achieved contrast curves. Lastly, we use self-calibration tests to demonstrate that with adequate calibration NIRISS F380M AMI can reach contrast levels of ∼9–10 mag at ≳&lt;italic&gt;λ&lt;/italic&gt;/&lt;italic&gt;D&lt;/italic&gt;. These tests lead us to observation planning recommendations and strongly motivate future studies aimed at producing sophisticated calibration strategies taking these systematic effects into account. This will unlock the unprecedented capabilities of JWST/NIRISS AMI, with sensitivity to significantly colder, lower-mass exoplanets than lower-contrast ground-based AMI setups, at orbital separations inaccessible to JWST coronagraphy.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2213312</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>