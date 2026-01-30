--- v0 (2025-11-02)
+++ v1 (2026-01-30)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...57 lines deleted...]
-        <v>38</v>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10529782</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.26434/chemrxiv-2023-tfn6t</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Electrocatalytic Formate Oxidation by Cobalt-Phosphine Complexes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Katipamula, Sriram; Cook, Andrew W; Niedzwiecki, Isabella; Emge, Thomas J; Waldie, Kate M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-06T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We report a family of cobalt complexes based on bidentate phosphine ligands with two, one, or zero pendent amine groups in the ligand backbone. The pendent amine complexes are active electrocatalysts for the formate oxidation reaction, generating CO2 with near-quantitative faradaic efficiency at moderate overpotentials (0.45 – 0.57 V in acetonitrile). These homogeneous electrocatalysts are the first cobalt example and second first-row transition metal example for formate oxidation. Thermodynamic measurements reveal these complexes are energetically primed for formate oxidation via hydride transfer to the cobalt center, followed by deprotonation of the resulting cobalt-hydride by formate acting as a base. The complex with the strongest cobalt- hydride bond, given by its thermodynamic hydricity, is the fastest electrocatalyst in this series, with an observed rate constant for formate oxidation of 135 ± 8 h−1 at 25 °C. Electrocatalytic turnover is not observed for the complex with no pendent amine groups: decomposition of the complex structure is evident in the presence of high formate concentrations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2117792</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Posted Content</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ChemRxiv</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>Rutgers University</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>