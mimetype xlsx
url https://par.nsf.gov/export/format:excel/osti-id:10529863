--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10529863</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/sciadv.ado6476</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reprogrammable and reconfigurable mechanical computing metastructures with stable and high-density memory</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Yanbin; Yu, Shuangyue; Qing, Haitao; Hong, Yaoye; Zhao, Yao; Qi, Fangjie; Su, Hao; Yin, Jie</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science Advances</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2375-2548</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mechanical computing encodes information in deformed states of mechanical systems, such as multistable structures. However, achieving stable mechanical memory in most multistable systems remains challenging and often limited to binary information. Here, we report leveraging coupling kinematic bifurcation in rigid cube–based mechanisms with elasticity to create transformable, multistable mechanical computing metastructures with stable, high-density mechanical memory. Simply stretching the planar metastructure forms a multistable corrugated platform. It allows for independent mechanical or magnetic actuation of individual bistable element, serving as pop-up voxels for display or binary units for various tasks such as information writing, erasing, reading, encryption, and mechanologic computing. Releasing the pre-stretched strain stabilizes the prescribed information, resistant to external mechanical or magnetic perturbations, whereas re-stretching enables editable mechanical memory, akin to selective zones or disk formatting for information erasure and rewriting. Moreover, the platform can be reprogrammed and transformed into a multilayer configuration to achieve high-density memory.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2231419; 2005374; 2126072</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Science</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>