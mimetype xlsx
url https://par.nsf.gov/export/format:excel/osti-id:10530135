--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10530135</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Learning computational thinking through embodied experience: a proposal of a framework</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kim, Hyojung; Kwon, Kyungbin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Cohen, J; Solano, G</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>353-359</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-939797-76-6</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This study is implemented with a focus of discovering how students use the practice of embodied learning to gain knowledge of computational thinking (CT). An intervention was executed at an elementary school in a midwestern state, where students used a marker free virtual reality system to engage in a task that requires them to use the CT concepts and skills. Students participated in the path finding activity within the AR system, and demonstrated accounts of how they use their body to express their understanding of abstract CT concepts. Moreover, the affordances of the AR system were integrated to the student’s learning experience, furthering the discussion of how student’s embodied movement within the virtual world influences their learning outcomes of CT concepts. As an attempt to analyze the embodied learning experience of abstract notions, the researchers developed a coding framework that introduces the mapping of abstract CT concepts and the tangible embodied action that reflects each concept. This short paper thus presents the framework for embodied computational thinking skills, and further elaborates on the future implications of the on-going work.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2048989</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Association for the Advancement of Computing in Education (AACE)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>