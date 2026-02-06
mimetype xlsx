--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10530336</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22318/icls2023.482130</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Co-Designing Elementary-Level Computer Science and Mathematics Lessons: An Expansive Framing Approach</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shehzad, Umar; Clarke-Midura, Jody; Beck, Kimberly; Shumway, Jessica; Recker, Mimi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>902 to 905</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This study examines how a rural-serving school district aimed to provide elementary-level computer science (CS) by offering instruction during students’ computer lab time. As part of a research-practice partnership, cross-context mathematics and CS lessons were co-designed to expansively frame and highlight connections across – as opposed to integration within – the two subjects. Findings indicated that most students who engaged with the lessons across the lab and classroom contexts reported finding the lessons interesting, seeing connections to their mathematics classes, and understanding the programming. In contrast, a three-level logistic regression model showed that students who only learned about mathematics connections within the CS lessons (thus not in a cross-context way) reported statistically significant lower levels of interest, connections, and understanding.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031404</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>