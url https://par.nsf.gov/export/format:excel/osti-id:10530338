--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,171 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...119 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -185,183 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10530338</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22318/icls2023.632684</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>When is an Owl More than an Owl? An Interaction Analysis of a Computer Science Co-Design Conversation on Cultural Relevance</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Robillard, Stephanie M; Lee, Victor R; Clarke-Midura, Jody; Shumway, Jessica</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>425 to 432</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The learning sciences community is currently exploring new ways to enact productive and equitable co-design research-practice partnerships that are sensitive to all the concerns and needs of stakeholders. The paper contributes to that still-growing literature through an interaction analysis of a co-design discussion involving school district partners that unfolded about cultural relevance and sensitivity in relation to the use of a specific image in an
+elementary school coding lesson. The episode involved looking moment-by-moment at how
+district educators recognized and acknowledged that a specific design decision could be harmful for a minoritized population of students enrolled in the district. However, once a key change was made to be more culturally responsive and considerate, new and unexpected pedagogical challenges appeared. This case serves to illustrate some of the unexpected tensions that can appear in real-time when unanticipated questions about cultural relevance are foregrounded during lesson and materials co-design.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031404</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>