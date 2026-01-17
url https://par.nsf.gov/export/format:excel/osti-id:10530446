--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -92,81 +92,81 @@
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10530446</t>
   </si>
   <si>
     <t>https://doi.org/10.1007/s11263-024-01992-1</t>
   </si>
   <si>
-    <t>PL$${}_{1}$$P: Point-Line Minimal Problems under Partial Visibility in Three Views</t>
+    <t>PL1P: Point-Line Minimal Problems under Partial Visibility in Three Views</t>
   </si>
   <si>
     <t>Duff, Timothy; Kohn, Kathlén; Leykin, Anton; Pajdla, Tomas</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-08-01T04:00:00Z</t>
   </si>
   <si>
     <t>International Journal of Computer Vision</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>3302 to 3323</t>
   </si>
   <si>
     <t>0920-5691</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2001267</t>
+    <t>2001267; 2103310</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>