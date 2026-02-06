--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10530501</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4365/accd6a</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Results of the Photometric LSST Astronomical Time-series Classification Challenge (PLAsTiCC)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hložek, R; Malz, A I; Ponder, K A; Dai, M; Narayan, G; Ishida, E_E O; Jr, T Allam; Bahmanyar, A; Bi, X; Biswas, R; Boone, K; Chen, S; Du, N; Erdem, A; Galbany, L; Garreta, A; Jha, S W; Jones, D O; Kessler, R; Lin, M; Liu, J; Lochner, M; Mahabal, A A; Mandel, K S; Margolis, P; Martínez-Galarza, J R; McEwen, J D; Muthukrishna, D; Nakatsuka, Y; Noumi, T; Oya, T; Peiris, H V; Peters, C M; Puget, J F; Setzer, C N; Siddhartha; Stefanov, S; Xie, T; Yan, L; Yeh, K-H; Zuo, W</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Supplement Series</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>267</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0067-0049</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Next-generation surveys like the Legacy Survey of Space and Time (LSST) on the Vera C. Rubin Observatory (Rubin) will generate orders of magnitude more discoveries of transients and variable stars than previous surveys. To prepare for this data deluge, we developed the Photometric LSST Astronomical Time-series Classification Challenge (PLAsTiCC), a competition that aimed to catalyze the development of robust classifiers under LSST-like conditions of a nonrepresentative training set for a large photometric test set of imbalanced classes. Over 1000 teams participated in PLAsTiCC, which was hosted in the Kaggle data science competition platform between 2018 September 28 and 2018 December 17, ultimately identifying three winners in 2019 February. Participants produced classifiers employing a diverse set of machine-learning techniques including hybrid combinations and ensemble averages of a range of approaches, among them boosted decision trees, neural networks, and multilayer perceptrons. The strong performance of the top three classifiers on Type Ia supernovae and kilonovae represent a major improvement over the current state of the art within astronomy. This paper summarizes the most promising methods and evaluates their results in detail, highlighting future directions both for classifier development and simulation needs for a next-generation PLAsTiCC data set.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2239364</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>