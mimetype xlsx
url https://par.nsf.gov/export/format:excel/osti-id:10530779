--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,100 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10530779</t>
-[...8 lines deleted...]
-    <t>Shekell, Calli; Mikeska, Jamie N; Kaur_Bharaj, Pavneet</t>
+    <t>10151387</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/anie.202004206</t>
+  </si>
+  <si>
+    <t>In Situ Synthesis of an Aptamer‐Based Polyvalent Antibody Mimic on the Cell Surface for Enhanced Interactions between Immune and Cancer Cells</t>
+  </si>
+  <si>
+    <t>Shi, Peng [Department of Biomedical Engineering The Pennsylvania State University  University Park PA 16802 USA] (ORCID:0000000284002358); Wang, Xuelin [Department of Biomedical Engineering The Pennsylvania State University  University Park PA 16802 USA]; Davis, Brandon [Department of Biomedical Engineering The Pennsylvania State University  University Park PA 16802 USA]; Coyne, James [Department of Biomedical Engineering The Pennsylvania State University  University Park PA 16802 USA]; Dong, Cheng [Department of Biomedical Engineering The Pennsylvania State University  University Park PA 16802 USA]; Reynolds, Joshua [Department of Biomedical Engineering The Pennsylvania State University  University Park PA 16802 USA]; Wang, Yong [Department of Biomedical Engineering The Pennsylvania State University  University Park PA 16802 USA] (ORCID:0000000222441742)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-05-29T04:00:00Z</t>
-[...11 lines deleted...]
-    <t>Preservice teachers (PSTs) need to be able to use ambitious teaching practices to help support their students’ productive engagement in scientific practices such as analyzing and interpreting data or using evidence-based reasoning to support their claims. Approximations of practice are one way in which teacher educators can support their PSTs to develop their skills in enacting ambitious teaching practices. In this study, we report on the use of a suite of three online, simulated approximations of practice where secondary PSTs practiced facilitating discussions focused on engaging students in argumentation. Using information from both PSTs’ and teacher educators’ perspectives, we examined their main takeaways from each simulation experience, how learning from one simulation was used to prepare for the next simulation, PSTs’ perception of the simulations’ authenticity, and their views about whether they would recommend using this online suite of simulations in future teacher preparation courses. Findings suggested that teacher educators and PSTs alike noted a variety of main takeaways, including understanding the importance of planning and asking good questions. Furthermore, they recommended the suite for use in future teacher education courses. Implications of the work for productively integrating online simulations into teacher education settings are discussed.</t>
+    <t>2020-05-14T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Angewandte Chemie International Edition</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>p. 11892-11897</t>
+  </si>
+  <si>
+    <t>1433-7851</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;An ability to promote therapeutic immune cells to recognize cancer cells is important for the success of cell‐based cancer immunotherapy. We present a synthetic method for functionalizing the surface of natural killer (NK) cells with a supramolecular aptamer‐based polyvalent antibody mimic (PAM). The PAM is synthesized on the cell surface through nucleic acid assembly and hybridization. The data show that PAM has superiority over its monovalent counterpart in powering NKs to bind to cancer cells, and that PAM‐engineered NK cells exhibit the capability of killing cancer cells more effectively. Notably, aptamers can, in principle, be discovered against any cell receptors; moreover, the aptamers can be replaced by any other ligands when developing a PAM. Thus, this work has successfully demonstrated a technology platform for promoting interactions between immune and cancer cells.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2037983</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>1802953; 1911526</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Taylor</t>
+    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -293,83 +300,87 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="L2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>