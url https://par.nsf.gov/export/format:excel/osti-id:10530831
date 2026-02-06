--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10530831</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>To Share or Not to Share: Feature Analysis of Smart Home Management Systems to Assess Access Control with External Users</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Alghamdi, Leena; Park, Jinkyung Katie; Lipford, Heather; Wisniewski, Pamela</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In the smart home landscape, there is an increasing trend of homeowners sharing device access outside their homes. This practice presents unique challenges in terms of security and privacy. In this study, we evaluated the co-management features in smart home management systems to investigate 1) how homeowners establish and authenticate shared users’ access, 2) the access control mechanisms, and 3) the management, monitoring, and revocation of access for shared devices. We conducted a systematic feature analysis of 11 Android and iOS mobile applications (“apps”) and 2 open-source platforms designed for smart home management. Our study revealed that most smart home systems adopt a centralized control model which necessitates shared users to utilize the primary app for device access, while providing diverse sharing mechanisms, such as email or phone invitations and unique codes, each presenting distinct security and privacy advantages. Moreover, we discovered a variety of access control options, ranging from full access to granular access control such as time-based restrictions which, while enhancing security and convenience, necessitate careful management to avoid user confusion. Additionally, our findings highlighted the prevalence of comprehensive methods for monitoring shared users’ access, with most systems providing detailed logs for added transparency and security, although there are some restrictions to safeguard homeowner privacy. Based on our findings, we recommend enhanced access control features to improve user experience in shared settings.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2326901</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Future Technologies Conference (FTC 2024)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>London, United Kingdom</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>