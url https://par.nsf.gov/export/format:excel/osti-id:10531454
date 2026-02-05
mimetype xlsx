--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10531454</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1177/14614448231226400</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data in the making, political struggle, and epistemic (in)justice: Asian and Asian Americans as early responders to the COVID-19 pandemic in the United States</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Herrenkohl, Leslie Rupert; Lee, Jiyoung; Wang, Everet; Tasker, Tammy; Jones, Denise; Nkwuzor, Paola; Batalon, Christopher; Camacho, Francisco Parra; Siciliano, Peter; Davis, Elizabeth A; Barton, Angela Calabrese</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-23T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>New Media &amp; Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1461-4448</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The COVID-19 pandemic exposed the limits of big data to guide decision-making in times of crisis. As people navigated daily life, they were confronted with the reality that data were often not yet material but rather in-the-making. Drawing upon critical and feminist lenses and participatory methodologies, this study investigates the data stories of nine people of Asian descent living in the United States. Findings illustrate how participants navigated within and across time, space, activity, media, epistemology, race, and politics to produce lively data assemblages. These data stories guided social-distancing and mask-wearing weeks before official US policy even as participants lived in constant fear of dehumanizing racist and xenophobic violence. This study advances theorizing about data practices for human knowing and learning with media, racial and epistemic (in)justice, and community action. It also advances participatory research as a site of epistemic resistance and activism.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2055166</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>New Media &amp; Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>