--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10532118</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.parco.2023.103042</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Finding inputs that trigger floating-point exceptions in heterogeneous computing via Bayesian optimization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Laguna, Ignacio; Tran, Anh; Gopalakrishnan, Ganesh</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Parallel Computing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>103042</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0167-8191</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Testing code for floating-point exceptions is crucial as exceptions can quickly propagate and produce unreliable numerical answers. The state-of-the-art to test for floating-point exceptions in heterogeneous systems is quite limited and solutions require the application’s source code, which precludes their use in accelerated libraries where the source is not publicly available. We present an approach to find inputs that trigger floating-point exceptions in black-box CPU or GPU functions, i.e., functions where the source code and information about input bounds are unavailable. Our approach is the first to use Bayesian optimization (BO) to identify such inputs and uses novel strategies to overcome the challenges that arise in applying BO to this problem. We implement our approach in the Xscope framework and demonstrate it on 58 functions from the CUDA Math Library and 81 functions from the Intel Math Library. Xscope is able to identify inputs that trigger exceptions in about 73% of the tested functions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1956106</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>