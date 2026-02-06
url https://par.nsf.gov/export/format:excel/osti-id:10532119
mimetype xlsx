--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10532119</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/spe.3251</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Efficient linearizability checking for actor‐based systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Al‐Mahfoudh, Mohammed S; Stutsman, Ryan; Gopalakrishnan, Ganesh</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Software: Practice and Experience</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2163 to 2199</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0038-0644</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Recent demand for distributed software had led to a surge in popularity in actor‐based frameworks. However, even with the stylized message passing model of actors, writing correct distributed software is still difficult. We present our work on linearizability checking in DS2, an integrated framework for specifying, synthesizing, and testing distributed actor systems. The key insight of our approach is that often subcomponents of distributed actor systems represent common algorithms or data structures (e.g., a distributed hash table or tree) that can be validated against a simple sequential model of the system. This makes it easy for developers to validate their concurrent actor systems without complex specifications. DS2 automatically explores the concurrent schedules that system could arrive at, and it compares observed output of the system to ensure it is equivalent to what the sequential implementation could have produced. We describe DS2's linearizability checking and test it on several concurrent replication algorithms from the literature. We explore in detail how different algorithms for enumerating the model schedule space fare in finding bugs in actor systems, and we present our own refinements on algorithms for exploring actor system schedules that we show are effective in finding bugs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1956106</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>