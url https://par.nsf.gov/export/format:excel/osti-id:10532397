--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10532397</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1099/mic.0.001390</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Evolution of a cross-feeding interaction following a key innovation in a long-term evolution experiment with Escherichia coli</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Turner, Caroline B; Blount, Zachary D; Mitchell, Daniel H; Lenski, Richard E</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Microbiology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>169</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1350-0872</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The evolution of a novel trait can profoundly change an organism’s effects on its environment, which can in turn affect the further evolution of that organism and any coexisting organisms. We examine these effects and feedbacks following the evolution of a novel function in the Long-Term Evolution Experiment (LTEE) with&lt;italic&gt;&lt;named-content content-type='species'&gt;&lt;ext-link ext-link-type='uri' href='http://doi.org/10.1601/nm.3093' type='simple'&gt;Escherichia coli&lt;/ext-link&gt;&lt;/named-content&gt;&lt;/italic&gt;. A characteristic feature of&lt;italic&gt;&lt;named-content content-type='species'&gt;&lt;ext-link ext-link-type='uri' href='http://doi.org/10.1601/nm.3093' type='simple'&gt;E. coli&lt;/ext-link&gt;&lt;/named-content&gt;&lt;/italic&gt;is its inability to grow aerobically on citrate (Cit&lt;sup&gt;−&lt;/sup&gt;). Nonetheless, a Cit&lt;sup&gt;+&lt;/sup&gt;variant with this capacity evolved in one LTEE population after 31 000 generations. The Cit&lt;sup&gt;+&lt;/sup&gt;clade then coexisted stably with another clade that retained the ancestral Cit&lt;sup&gt;−&lt;/sup&gt;phenotype. This coexistence was shaped by the evolution of a cross-feeding relationship based on C&lt;sub&gt;4&lt;/sub&gt;-dicarboxylic acids, particularly succinate, fumarate, and malate, that the Cit&lt;sup&gt;+&lt;/sup&gt;variants release into the medium. Both the Cit&lt;sup&gt;−&lt;/sup&gt;and Cit&lt;sup&gt;+&lt;/sup&gt;cells evolved to grow on these excreted resources. The evolution of aerobic growth on citrate thus led to a transition from an ecosystem based on a single limiting resource, glucose, to one with at least five resources that were either shared or partitioned between the two coexisting clades. Our findings show that evolutionary novelties can change environmental conditions in ways that facilitate diversity by altering ecosystem structure and the evolutionary trajectories of coexisting lineages.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1951307</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Microbiology</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>