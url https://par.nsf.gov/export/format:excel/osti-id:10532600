--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10532600</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/23780231241266764</t>
   </si>
   <si>
     <t>Trajectories of U.S. Parents’ Remote Work during the COVID-19 Pandemic</t>
   </si>
   <si>
-    <t>Petts, Richard_J [Ball State University, Muncie, IN, USA] (ORCID:0000000166581387); Carlson, Daniel_L [University of Utah, Salt Lake City, UT, USA] (ORCID:0000000194150656)</t>
+    <t>Petts, Richard_J (ORCID:0000000166581387); Carlson, Daniel_L (ORCID:0000000194150656)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-08-12T04:00:00Z</t>
   </si>
   <si>
     <t>Socius: Sociological Research for a Dynamic World</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>2378-0231</t>
   </si>
   <si>
     <t>&lt;p&gt;The COVID-19 pandemic had numerous consequences for work and family, but one of the most important was the substantial increase in remote work. Despite interest in changes to remote work and questions about whether the new environment of remote work will persist long-term, we know little about variation in workers’ experiences with remote work since the beginning of the pandemic. In this data visualization, we use longitudinal data on U.S. working parents from 2020–2023 and group-based trajectory models to illustrate varying patterns of remote work for partnered parents. The heterogeneity of parents’ experiences with remote work throughout the pandemic reveals important nuances not previously identified in tracking polls and highlights important gender differences that likely had implications for mothers’ and fathers’ well-being and gender equality.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2148610; 2148501</t>
   </si>