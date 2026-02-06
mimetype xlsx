--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10533010</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/HONET59747.2023.10374853</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Dynamic Visualization Platform for Travel-Related Data Integration to Support Sustainability-Based Decision-Making for Smart Cities</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Xu, Yufei; Kibria, Gulam; Wang, Chaojie; Tenenboim, Einat; Rupa_Anne, Viswa Sri; Chen, Zhiwei; Peeta, Srinivas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-04T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1949-4106</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-3111-0</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Smart cities seek to leverage data from advanced information, communication, and sensor technologies (ICSTs) for achieving their transportation-related sustainability goals. However, the multi-source, multi-timescale nature of these disparate data sets introduces many challenges to community decision-makers, hindering the use of these technologies in an efficient, effective, and holistic manner. Here, using statistical and machine learning methods, we present a visualization platform developed for the City of Peachtree Corners, GA, comprising nine integrated data sets. This platform can capture dynamic interactions between data from different sources and has the potential to support decision-makers in developing different solution options for contemporary transportation-related problems in a smart city environment.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2125390</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Boca Raton, FL, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>