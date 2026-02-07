--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10533285</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Promoting Multidimensional Equity through Collaborative Routing using Incentive Mechanisms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, C; Peeta, S</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-08T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Penalty-based strategies, such as congestion pricing, have been employed to improve traffic network efficiency, but they face criticism for their negative impact on users and equity concerns. Collaborative routing, which allows users to negotiate route choices, offers a solution that considers individual heterogeneity. Personalized incentives can encourage such collaboration and are more politically acceptable than penalties. This study proposes a collaborative routing strategy that uses personalized incentives to guide users towards desired traffic states while promoting multidimensional equity. Three equity dimensions are considered: accessibility equity (equal access to jobs, services, and education), inclusion equity (route suggestions and incentives that do not favor specific users), and utility equity (envy-free solutions where no user feels others have more valuable incentives). The strategy prioritizes equitable access to societal services and activities, ensuring accessibility equity in routing solutions. Inclusion equity is maintained through non-negative incentives that consider user heterogeneity without excluding anyone. An envy-free compensation mechanism achieves utility equity by eliminating envy over incentive-route bundles. A constrained traffic assignment (CTA) formulation and consensus optimization variant are then devised to break down the centralized problem into smaller, manageable parts and a decentralized algorithm is developed for scalability in large transportation networks and user populations. Numerical studies investigate the model's enhancement of equity dimensions and the impact of hyperparameters on system objective tradeoffs and demonstrate the algorithm convergence.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2125390</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>TRB</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Washington, D.C., USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>