--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10533367</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/PacificVis60374.2024.00012</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Trust Junk and Evil Knobs: Calibrating Trust in AI Visualization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wall, Emily; Matzen, Laura; El-Assady, Mennatallah; Masters, Peta; Hosseinpour, Helia; Endert, Alex; Borgo, Rita; Chau, Polo; Perer, Adam; Schupp, Harald; Strobelt, Hendrik; Padilla, Lace</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>22 to 31</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-9380-4</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Many papers make claims about specific visualization techniques that are said to enhance or calibrate trust in AI systems. But a design choice that enhances trust in some cases appears to damage it in others. In this paper, we explore this inherent duality through an analogy with “knobs”. Turning a knob too far in one direction may result in under-trust, too far in the other, over-trust or, turned up further still, in a confusing distortion. While the designs or so-called “knobs” are not inherently evil, they can be misused or used in an adversarial context and thereby manipulated to mislead users or promote unwarranted levels of trust in AI systems. When a visualization that has no meaningful connection with the underlying model or data is employed to enhance trust, we refer to the result as “trust junk.” From a review of 65 papers, we identify nine commonly made claims about trust calibration. We synthesize them into a framework of knobs that can be used for good or “evil,” and distill our findings into observed pitfalls for the responsible design of human-AI systems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2311574</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Tokyo, Japan</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>