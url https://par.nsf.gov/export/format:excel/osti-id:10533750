--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -119,51 +119,51 @@
   <si>
     <t>Xin, Yinzi; Echeverri, Daniel; Jovanovic, Nemanja; Mawet, Dimitri; Leon-Saval, Sergio; Amezcua-Correa, Rodrigo; Yerolatsitis, Stephanos; Fitzgerald, Michael P; Gatkine, Pradip; Kim, Yoo Jung; Lin, Jonathan; Norris, Barnaby; Ruane, Garreth; Sallum, Steph</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-04-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Astronomical Telescopes, Instruments, and Systems</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>02</t>
   </si>
   <si>
     <t>2329-4124</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2308360; 2308361; 2109232</t>
+    <t>2308360; 2308361; 2109232; 2109231</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>NA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>