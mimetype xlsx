--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10533766</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3626203.3670553</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>COMPLECS: COMPrehensive Learning for end-users to Effectively utilize CyberinfraStructure</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sinkovits, Robert S; Wolter, Nicole; Kandes, Marty Charles; Thomas, Mary P; Sweet, Monica</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 4</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400704192</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The needs of cyberinfrastructure (CI) Users are different from those of CI Contributors. Typically, much of the training in advanced CI addresses developer topics such as MPI, OpenMP, CUDA and application profiling, leaving a gap in training for these users. To remedy this situation, we developed a new program: COMPrehensive Learning for end-users to Effectively utilize CyberinfraStructure (COMPLECS). COMPLECS focuses exclusively on helping CI Users acquire the skills and knowledge they need to efficiently accomplish their compute- and data-intensive research, covering topics such as parallel computing concepts, data management, batch computing, cybersecurity, HPC hardware overview, and high throughput computing.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2320934</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Providence RI USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>