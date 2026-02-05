--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10533771</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ad3f1d</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Thirteen New M Dwarf + T Dwarf Pairs Identified with WISE/NEOWISE</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Marocco, Federico; Kirkpatrick, J Davy; Schneider, Adam C; Meisner, Aaron M; Popinchalk, Mark; Gelino, Christopher R; Faherty, Jacqueline K; Burgasser, Adam J; Caselden, Dan; Gagné, Jonathan; Aganze, Christian; Bardalez_Gagliuffi, Daniella C; Casewell, Sarah L; Hsu, Chih-Chun; Kiman, Rocio; Eisenhardt, Peter_R M; Kuchner, Marc J; Stern, Daniel; Gramaize, Léopold; Sainio, Arttu; Bickle, Thomas P; Rothermich, Austin; Pendrill, William; Thévenot, Melina; Kabatnik, Martin; Colombo, Giovanni; Higashimura_東, Hiro 村滉; Kiwy, Frank; Marchese, Elijah J; Stevnbak_Andersen, Nikolaj; Tanner, Christopher; Walla, Jim; Wędracki, Zbigniew</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>The_Backyard_Worlds_Collaboration</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>967</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>147</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present the discovery of 13 new widely separated T dwarf companions to M dwarf primaries, identified using Wide-field Infrared Survey Explorer/NEOWISE data by the CatWISE and Backyard Worlds: Planet 9 projects (hereafter BYW). This sample represents an ∼60% increase in the number of known M + T systems, and allows us to probe the most extreme products of binary/planetary system formation, a discovery space made available by the CatWISE2020 catalog and the BYW effort. Highlights among the sample are WISEP J075108.79-763449.6, a previously known T9 thought to be old due to its spectral energy distribution, which was found by Zhang et al. (2021b) to be part of a common proper motion pair with L34-26 A, a well-studied young M3 V star within 10 pc of the Sun; CWISE J054129.32-745021.5 B and 2MASS J05581644-4501559 B, two T8 dwarfs possibly associated with the very fast-rotating M4 V stars CWISE J054129.32745021.5 A and 2MASS J05581644-4501559 A; and UCAC3 52-1038 B, which is among the widest late-T companions to main-sequence stars, with a projected separation of ∼7100 au. The new benchmarks presented here are prime JWST targets, and can help us place strong constraints on the formation and evolution theory of substellar objects as well as on atmospheric models for these cold exoplanet analogs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2009136; 2009177</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>