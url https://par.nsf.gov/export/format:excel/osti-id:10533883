--- v0 (2026-01-21)
+++ v1 (2026-01-21)
@@ -86,99 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10516270</t>
-[...8 lines deleted...]
-    <t>Gautam, Yogesh; Jebelli, Houtan</t>
+    <t>10533883</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3847/2515-5172/ad4608</t>
+  </si>
+  <si>
+    <t>A Report on Stellar Companion Mass Estimates within Our Solar Neighborhood</t>
+  </si>
+  <si>
+    <t>Kumar, Sangeeta; Salama, Maïssa</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-09-01T04:00:00Z</t>
-[...17 lines deleted...]
-    <t>Prior research has validated Photoplethysmography (PPG) as a promising biomarker for assessing stress factors in construction workers, including physical fatigue, mental stress, and heat stress. However, the reliability of PPG as a stress biomarker in construction workers is hindered by motion artifacts (MA) - distortions in blood volume pulse measurements caused by sensor movement. This paper develops a deep convolutional autoencoder-based framework, trained to detect and reduce MA in MA-contaminated PPG signals. The framework's performance is evaluated using PPG signals acquired from individuals engaged in specific construction tasks. The results demonstrate the framework has effectiveness in both detecting and reducing MA in PPG signals with a detection accuracy of 93% and improvement in signal-to-noise ratio by over 88%. This research contributes to a more reliable and error-reduced usage of PPG signals for health monitoring in the construction industry.</t>
+    <t>2024-05-03T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Research Notes of the AAS</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>2515-5172</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present mass estimates and companion demographics on stellar multiples within 25 pc, using a survey of stars of all spectral types done by Robo-AO and supplemented by Gaia. The survey combined direct imaging by Robo-AO, a robotic adaptive optics instrument for 2 m class telescopes, to detect tight companions (&lt;4″ separation) and with Gaia astrometry to detect wider co-moving companions. We estimated the masses for 267 companions using empirical relations and, for a subset of 97, dynamical mass estimates. We utilized previous mass–magnitude models using contrasts measured from Gaia and Robo-AO to estimate the mass and also used the orvara python package, a Markov Chain Monte Carlo orbit fitter using the companion astrometry and Hipparcos-Gaia proper motion accelerations, to estimate dynamical masses. We compare agreements and discrepancies in mass estimates from these two methods.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2401745</t>
+    <t>2150255</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Elsevier B.V.</t>
+    <t>IOP Publishing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>