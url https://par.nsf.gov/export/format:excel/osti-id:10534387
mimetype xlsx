--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-07-17T04:00:00Z</t>
   </si>
   <si>
     <t>Chemical Science</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>11072 to 11083</t>
   </si>
   <si>
     <t>2041-6520</t>
   </si>
   <si>
     <t>&lt;p&gt;Actinide doping enhances redox chemistry of polyoxomolybdate-alkoxide clusters; the first isolable U(&lt;sc&gt;v&lt;/sc&gt;) polyoxometalate cluster is reported.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2216151</t>
+    <t>2216151; 2215973</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Royal Society of Chemistry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>