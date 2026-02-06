--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10534430</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202347340</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Galactic bulge exploration: II. Line-of-sight velocity templates for single-mode RR Lyrae stars</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Prudil, Z; Smolec, R; Kunder, A; Koch-Hansen, A J; Dékány, I</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>685</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A153</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We present a new set of tools to derive systemic velocities for single-mode RR Lyrae stars from visual and near-infrared spectra. We derived scaling relations and line-of-sight velocity templates using both APOGEE and&lt;italic&gt;Gaia&lt;/italic&gt;spectroscopic products combined with photometric&lt;italic&gt;G&lt;/italic&gt;-band amplitudes. We provide a means to estimate systemic velocities for the RR Lyrae subclasses, RRab and RRc. Our analysis indicates that the scaling relation between the photometric and line-of-sight velocity amplitudes is nonlinear, with a break in a linear relation occurring around ≈0.4 mag in both the&lt;italic&gt;V&lt;/italic&gt;-band and&lt;italic&gt;G&lt;/italic&gt;-band amplitudes. We did not observe such a break in the relation for the first-overtone pulsators. Using stellar pulsation models, we further confirm and examine the nonlinearity in scaling relation for the RRab subclass. We observed little to no variation with stellar parameters (mass, metallicity, and luminosity) in the scaling relation between the photometric and line-of-sight velocity amplitudes for fundamental-mode pulsators. We observed an offset in the scaling relation between the observations and stellar pulsation models, mainly in the low-amplitude RR Lyrae regime. This offset disappears when different sets of convective parameters are used. Thus, the Fourier amplitudes obtained from the photometry and line-of-sight velocity measurements can be utilized to constrain convective parameters of stellar pulsation models. The scaling relations and templates for APOGEE and&lt;italic&gt;Gaia&lt;/italic&gt;data accurately predict systemic velocities compared to literature values. In addition, our tools derived from the&lt;italic&gt;Gaia&lt;/italic&gt;spectra improve the precision of the derived systemic velocities by approximately 50 percent and provide a better description of the uncertainty distribution in comparison with previous studies. Our newly derived tools will be used for RR Lyrae variables observed toward the Galactic bulge.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2009836</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics, Volume 685, id.A153, 18 pp.</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>