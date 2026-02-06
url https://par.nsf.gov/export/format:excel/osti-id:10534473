--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10534473</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/icwsm.v18i1.31413</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Making Online Communities ‘Better’: A Taxonomy of Community Values on Reddit</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Weld, Galen; Zhang, Amy X; Althoff, Tim</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the International AAAI Conference on Web and Social Media</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1611 to 1633</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2162-3449</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Many researchers studying online communities seek to make them better. However, beyond a small set of widely-held values, such as combating misinformation and abuse, determining what `better’ means can be challenging, as community members may disagree, values may be in conflict, and different communities may have differing preferences as a whole.In this work, we present the first study that elicits values directly from members across a diverse set of communities.We survey 212 members of 627 unique subreddits and ask them to describe their values for their communities in their own words. Through iterative categorization of 1,481 responses, we develop and validate a comprehensive taxonomy of community values, consisting of 29 subcategories within nine top-level categories enabling principled, quantitative study of community values by researchers. Using our taxonomy, we reframe existing research problems, such as managing influxes of new members, as tensions between different values, and we identify understudied values, such as those regarding content quality and community size. We call for greater attention to vulnerable community members' values, and we make our codebook public for use in future research.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2142794</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>