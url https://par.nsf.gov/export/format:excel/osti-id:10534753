--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -116,51 +116,51 @@
   <si>
     <t>Resolving local ordering and structure in Mn &lt;sub&gt;&lt;i&gt;x&lt;/i&gt;&lt;/sub&gt; Ge &lt;sub&gt;1−&lt;i&gt;x&lt;/i&gt;&lt;/sub&gt; Te alloys through thermodynamic ensembles of pair distribution functions</t>
   </si>
   <si>
     <t>Meschke, Vanessa; Novick, Andrew; Rogers, Jen; Porter, Claire; Chang, Remco; Proffen, Thomas; Toberer, Eric S</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>2050-7526</t>
   </si>
   <si>
     <t>Local bonding environments can be characterized via ensemble averages of PDFs to provide insight into the relationship between synthetic temperature and structure.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2118201</t>
+    <t>2118201; 2334261</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Royal Society of Chemistry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>