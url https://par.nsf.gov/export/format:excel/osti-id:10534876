--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10534876</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3626253.3635527</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Developing Computational Thinking in Middle School Music Technology Classrooms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>McCall, Lauren; Allen, Brittney; Freeman, Jason; Garrett, Stephen; Grossman, Sabrina; Paz, Jed; Edwards, Doug; McKlin, Tom; Lee, Taneisha</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1746 to 1747</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400704246</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>To engage diverse populations of students who may not self-select into computing courses, a curriculum for a middle school music technology + computer science course that addresses learning standards for both subjects was developed and deployed. Students who engage with the curriculum learn modern music production techniques and computational thinking concepts. This is through a mix of traditional approaches to music technology education (digital audio workstations) and computational approaches via a culturally relevant learning platform that introduces students to coding through music production and remixing. This poster reflects on the last two years of curriculum design and deployment, teacher training, and student and educator engagement and feedback to provide insight into the teaching (and learning) of computational thinking in the music technology classroom.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2122499</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Portland OR USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>