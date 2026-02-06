--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10534940</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fphys.2024.1424931</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Model-driven engineering for digital twins: a graph model-based patient simulation application</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Trevena, William; Zhong, Xiang; Lal, Amos; Rovati, Lucrezia; Cubro, Edin; Dong, Yue; Schulte, Phillip; Gajic, Ognjen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Physiology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1664-042X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;sec&gt;&lt;title&gt;Introduction&lt;/title&gt;&lt;p&gt;Digital twins of patients are virtual models that can create a digital patient replica to test clinical interventions&lt;italic&gt;in silico&lt;/italic&gt;without exposing real patients to risk. With the increasing availability of electronic health records and sensor-derived patient data, digital twins offer significant potential for applications in the healthcare sector.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Methods&lt;/title&gt;&lt;p&gt;This article presents a scalable full-stack architecture for a patient simulation application driven by graph-based models. This patient simulation application enables medical practitioners and trainees to simulate the trajectory of critically ill patients with sepsis. Directed acyclic graphs are utilized to model the complex underlying causal pathways that focus on the physiological interactions and medication effects relevant to the first 6 h of critical illness. To realize the sepsis patient simulation at scale, we propose an application architecture with three core components, a cross-platform frontend application that clinicians and trainees use to run the simulation, a simulation engine hosted in the cloud on a serverless function that performs all of the computations, and a graph database that hosts the graph model utilized by the simulation engine to determine the progression of each simulation.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Results&lt;/title&gt;&lt;p&gt;A short case study is presented to demonstrate the viability of the proposed simulation architecture.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Discussion&lt;/title&gt;&lt;p&gt;The proposed patient simulation application could help train future generations of healthcare professionals and could be used to facilitate clinicians’ bedside decision-making.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2123848; 2123900</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Frontiers</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>