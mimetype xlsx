--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10535428</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18260/1-2--47556</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Impact of Engineering Course Participation on Students’ Attitudinal Factors: A Replication Study (Evaluation)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Alemdar, Meltem; Newton, Sunni; Gale, Jessica; Kessler, Talia; Moore, Roxanne</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Engineering education, with its focus on design and problem solving, has been shown to be fertile ground for encouraging students’ further development of their fundamental math and science skills in a way that they find relevant and engaging, and for promoting interest in STEM more broadly. To capitalize on these positive aspects of the engineering context, researchers developed, implemented, and studied a three-year engineering curriculum for grades 6 – 8 that utilizes the engineering design process and problem-based learning. In this semester-long elective course, students work through a series of design challenges within a given context (a carnival, airplanes and flight, and robotics, respectively, for 6th, 7th and 8th grades) and learn engineering content as well as practice fundamental math and science skills. This curriculum was developed and researched as part of an earlier project; in that work, course participation was linked with increased academic achievement on state-wide math and science assessments as well as heightened cognitive and behavioral engagement in STEM and science interest [1]. The current work seeks to replicate the findings of this earlier study in a different and larger school district while a) expanding the research foci to include teacher training and teachers’ pedagogical content knowledge and b) refining the curriculum materials including the teacher website and support materials. In this paper, we present the research strand focusing on the impact of the course on students’ attitudinal factors including engagement, science interest, and science and math anxiety. These factors were measured in each semester-long course using a pre-post survey design. Survey items are primarily from validated instruments and are similar to those used in prior research on this curriculum and its impact on students; prior research demonstrated good reliability, with alpha values ranging from 0.84 to 0.91 for each construct [1]. We compare students’ levels of engagement, science interest, and math and science anxiety at the pre and post time points to understand whether and how participating in the course influences their standing on these variables. . Open-ended survey items were used as a supplementary data source. The preliminary results from the first year of implementation (2022-2023 academic year) suggest that similar to the original study, there is an increase across some of the student constructs, including student engagement. This finding was also supported by engineering teachers’ input about student engagement in the classroom. As the study progresses into its planned 2nd and 3rd years of curriculum implementation, we will be able to further discern the extent to which multiple years of course enrollment might differentially impact the attitudinal factors of interest (i.e., dosage effects).</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2101441</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ASEE Conferences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Portland, Oregon</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>