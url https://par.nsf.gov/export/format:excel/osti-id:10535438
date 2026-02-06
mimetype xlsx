--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,174 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...122 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -188,185 +65,310 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10535438</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Discovery of a dormant 33 solar-mass black hole in pre-release Gaia astrometry</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Panuzzo, P; Mazeh, T; Arenou, F; Holl, B; Caffau, E; Jorissen, A; Babusiaux, C; Gavras, P; Sahlmann, J; Bastian, U; Wyrzykowski, Ł; Eyer, L; Leclerc, N; Bauchet, N; Bombrun, A; Mowlavi, N; Seabroke, G; Teyssier, D; Balbinot, E; Helmi, A; Brown, A; Vallenari, A; Prusti, T; de_Bruijne, J; Barbier, A; Biermann, M; Creevey, O; Ducourant, C; Evans, D; Guerra, R; Hutton, A; Jordi, C; Klioner, S; Lammers, U; Lindegren, L; Luri, X; Mignard, F; Nicolas, C; Randich, S; Sartoretti, P; Smiljanic, R; Tanga, P; Walton, N; Aerts, C; Bailer-Jones, C; Cropper, M; Drimmel, R; Jansen, F; Katz, D; Lattanzi, M; Soubiran, C; Thévenin, F; van_Leeuwen, F; Andrae, R; Audard, M; Bakker, J; Blomme, R; Castañeda, J; De_Angeli, F; Fabricius, C; Fouesneau, M; Frémat, Y; Galluccio, L; Guerrier, A; Heiter, U; Masana, E; Messineo, R; Nienartowicz, K; Pailler, F; Riclet, F; Roux, W; Sordo, R; Gracia-Abril, G; Portell, J; Altmann, M; Benson, K; Berthier, J; Burgess, P; Busonero, D; Busso, G; Cacciari, C; Cánovas, H; Carrasco, J; Carry, B; Cellino, A; Cheek, N; Clementini, G; Damerdji, Y; Davidson, M; de_Teodoro, P; Delchambre, L; Dell'Oro, A; Fraile_Garcia, E; Garabato, D; García-Lario, P; Haigron, R; Hambly, N; Harrison, D; Hatzidimitriou, D; Hernández, J; Hestroffer, D; Hodgkin, S; Jamal, S; Jevardat_de_Fombelle, G; Jordan, S; Krone-Martins, A; Lanzafame, A; Löffler, W; Lorca, A; Marchal, O; Marrese, P; Moitinho, A; Muinonen, K; Nuñez_Campos, M; Oreshina-Slezak, I; Osborne, P; Pancino, E; Pauwels, T; Recio-Blanco, A; Riello, M; Rimoldini, L; Robin, A; Roegiers, T; Sarro, L; Schultheis, M; Smith, M; Sozzetti, A; Utrilla, E; van_Leeuwen, M; Weingrill, K; Abbas, U; Ábrahám, P; Abreu_Aramburu, A; Ahmed, S; Altavilla, G; Álvarez, M; Anders, F; Anderson, R; Anglada_Varela, E; Antoja, T; Baig, S; Baines, D; Baker, S; Balaguer-Núñez, L; Balog, Z; Barache, C; Barros, M; Barstow, M; Bartolomé, S; Bashi, D; Bassilana, J; Baudeau, N; Becciani, U; Bedin, L; Bellas-Velidis, I; Bellazzini, M; Beordo, W; Bernet, M; Bertolotto, C; Bertone, S; Bianchi, L; Binnenfeld, A; Blanco-Cuaresma, S; Bland-Hawthorn, J; Blazere, A; Boch, T; Bossini, D; Bouquillon, S; Bragaglia, A; Braine, J; Bratsolis, E; Breedt, E; Bressan, A; Brouillet, N; Brugaletta, E; Bucciarelli, B; Butkevich, A; Buzzi, R; Camut, A; Cancelliere, R; Cantat-Gaudin, T; Capilla_Guilarte, D; Carballo, R; Carlucci, T; Carnerero, M; Carretero, J; Carton, S; Casamiquela, L; Casey, A; Castellani, M; Castro-Ginard, A; Ceraj, L; Cesare, V; Charlot, P; Chaudet, C; Chemin, L; Chiavassa, A; Chornay, N; Chosson, D; Cooper, W; Cornez, T; Cowell, S; Crosta, M; Crowley, C; Cruz_Reyes, M; Dafonte, C; Dal_Ponte, M; David, M; de_Laverny, P; De_Luise, F; De_March, R; de_Torres, A; del_Peloso, E; Delbo, M; Delgado, A; Delisle, J; Demouchy, C; Denis, E; Dharmawardena, T; Di_Giacomo, F; Diener, C; Distefano, E; Dolding, C; Dsilva, K; Enke, H; Fabre, C; Fabrizio, M; Faigler, S; Fatović, M; Fedorets, G; Fernández-Hernández, J; Fernique, P; Figueras, F; Fouron, C; Fragkoudi, F; Gai, M; Galinier, M; Garcia-Serrano, A; García-Torres, M; Garofalo, A; Gerlach, E; Geyer, R; Giacobbe, P; Gilmore, G; Girona, S; Giuffrida, G; Gomboc, A; Gomez, A; González-Santamaría, I; Gosset, E; Granvik, M; Gregori_Barrera, V; Gutiérrez-Sánchez, R; Haywood, M; Helmer, A; Hidalgo, S; Hilger, T; Hobbs, D; Hottier, C; Huckle, H; Jiménez-Arranz, Ó; Juaristi_Campillo, J; Kaczmarek, Z; Kervella, P; Khanna, S; Kontizas, M; Kordopatis, G; Korn, A; Kóspál, Á; Kostrzewa-Rutkowska, Z; Kruszyńska, K; Kun, M; Lambert, S; Lanza, A; Lebreton, Y; Lebzelter, T; Leccia, S; Lecoutre, G; Liao, S; Liberato, L; Licata, E; Livanou, E; Lobel, A; López-Miralles, J; Loup, C; Madarász, M; Mahy, L; Mann, R; Manteiga, M; Marcellino, C; Marchant, J; Marconi, M; Marín_Pina, D; Marinoni, S; Marshall, D; Martín_Lozano, J; Martin_Polo, L; Martín-Fleitas, J; Marton, G; Mascarenhas, D; Masip, A; Mastrobuono-Battisti, A; McMillan, P; Meichsner, J; Merc, J; Messina, S; Millar, N; Mints, A; Mohamed, D; Molina, D; Molinaro, R; Molnár, L; Monguió, M; Montegriffo, P; Monti, L; Mora, A; Morbidelli, R; Morris, D; Mudimadugula, R; Muraveva, T; Musella, I; Nagy, Z; Nardetto, N; Navarrete, C; Oh, S; Ordenovic, C; Orenstein, O; Pagani, C; Pagano, I; Palaversa, L; Palicio, P; Pallas-Quintela, L; Pawlak, M; Penttilä, A; Pesciullesi, P; Pinamonti, M; Plachy, E; Planquart, L; Plum, G; Poggio, E; Pourbaix, D; Price-Whelan, A; Pulone, L; Rabin, V; Rainer, M; Raiteri, C; Ramos, P; Ramos-Lerate, M; Ratajczak, M; Re_Fiorentin, P; Regibo, S; Reylé, C; Ripepi, V; Riva, A; Rix, H; Rixon, G; Robert, G; Robichon, N; Robin, C; Romero-Gómez, M; Rowell, N; Ruz_Mieres, D; Rybicki, K; Sadowski, G; Sagristà_Sellés, A; Sanna, N; Santoveña, R; Sarasso, M; Sarmiento, M; Sarrate_Riera, C; Sciacca, E; Ségransan, D; Semczuk, M; Shahaf, S; Siebert, A; Slezak, E; Smart, R; Snaith, O; Solano, E; Solitro, F; Souami, D; Souchay, J; Spitoni, E; Spoto, F; Squillante, L; Steele, I; Steidelmüller, H; Surdej, J; Szabados, L; Taris, F; Taylor, M; Teixeira, R; Tepper-Garcia, T; Thuillot, W; Tolomei, L; Tonello, N; Torra, F; Torralba_Elipe, G; Trabucchi, M; Trentin, E; Tsantaki, M; Turon, C; Ulla, A; Unger, N; Valtchanov, I; Vanel, O; Vecchiato, A; Vicente, D; Villar, E; Weiler, M; Zhao, H; Zorec, J; Zucker, S; Župić, A; Zwitter, T</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy and astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1067-8603</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Context. Gravitational waves from black-hole (BH) merging events have revealed a population of extra-galactic BHs residing in short-period binaries with masses that are higher than expected based on most stellar evolution models - and also higher than known stellar-origin black holes in our Galaxy. It has been proposed that those high-mass BHs are the remnants of massive metal-poor stars.
+Aims: Gaia astrometry is expected to uncover many Galactic wide-binary systems containing dormant BHs, which may not have been detected before. The study of this population will provide new information on the BH-mass distribution in binaries and shed light on their formation mechanisms and progenitors.
+Methods: As part of the validation efforts in preparation for the fourth Gaia data release (DR4), we analysed the preliminary astrometric binary solutions, obtained by the Gaia Non-Single Star pipeline, to verify their significance and to minimise false-detection rates in high-mass-function orbital solutions.
+Results: The astrometric binary solution of one source, Gaia BH3, implies the presence of a 32.70 ± 0.82 M⊙ BH in a binary system with a period of 11.6 yr. Gaia radial velocities independently validate the astrometric orbit. Broad-band photometric and spectroscopic data show that the visible component is an old, very metal-poor giant of the Galactic halo, at a distance of 590 pc.
+Conclusions: The BH in the Gaia BH3 system is more massive than any other Galactic stellar-origin BH known thus far. The low metallicity of the star companion supports the scenario that metal-poor massive stars are progenitors of the high-mass BHs detected by gravitational-wave telescopes. The Galactic orbit of the system and its metallicity indicate that it might belong to the Sequoia halo substructure. Alternatively, and more plausibly, it could belong to the ED-2 stream, which likely originated from a globular cluster that had been disrupted by the Milky Way.
+Full Table B.1 and Table B.2 with Gaia epoch data are available at the CDS via anonymous ftp to cdsarc.cds.unistra.fr (ftp://130.79.128.5) or via https://cdsarc.cds.unistra.fr/viz-bin/cat/J/A+A/686/L2</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2206828</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>EDP Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>