--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10535763</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Learning to Decode Collaboratively with Multiple Language Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shen, Shannon Zejiang; Lang, Hunter; Wang, Bailin; Kim, Yoon; Sontag, David</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>12974-12990</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We propose a method to teach multiple large language models (LLM) to collaborate by interleaving their generations at the token level. We model the decision of which LLM generates the next token as a latent variable. By optimizing the marginal likelihood of a training set under our latent variable model, the base LLM automatically learns when to generate itself and when to call on one of the “assistant” language models to generate, all without direct supervision. Token-level collaboration during decoding allows for a fusion of each model’s expertise in a manner tailored to the specific task at hand. Our collaborative decoding is especially useful in cross-domain settings where a generalist base LLM learns to invoke domain ex- pert models. On instruction-following, domain- specific QA, and reasoning tasks, we show that the performance of the joint system exceeds that of the individual models. Through qualitative analysis of the learned latent decisions, we show models trained with our method exhibit several interesting collaboration patterns, e.g., template-filling.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2205320</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 62nd Annual Meeting of the Association for Computational Linguistics (ACL)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>