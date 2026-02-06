--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10536139</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ad5e7a</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Orbit and Dynamical Mass of Polaris: Observations with the CHARA Array</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Evans, Nancy Remage; Schaefer, Gail H; Gallenne, Alexandre; Torres, Guillermo; Horch, Elliott P; Anderson, Richard I; Monnier, John D; Roettenbacher, Rachael M; Baron, Fabien; Anugu, Narsireddy; Davidson, James W; Kervella, Pierre; Bras, Garance; Proffitt, Charles; Mérand, Antoine; Karovska, Margarita; Jones, Jeremy; Lanthermann, Cyprien; Kraus, Stefan; Codron, Isabelle; Bond, Howard E; Viviani, Giordano</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>971</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>190</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The 30 yr orbit of the Cepheid Polaris has been followed with observations by the Center for High Angular Resolution Astronomy (CHARA) Array from 2016 through 2021. An additional measurement has been made with speckle interferometry at the Apache Point Observatory. Detection of the companion is complicated by its comparative faintness—an extreme flux ratio. Angular diameter measurements appear to show some variation with pulsation phase. Astrometric positions of the companion were measured with a custom grid-based model-fitting procedure and confirmed with the CANDID software. These positions were combined with the extensive radial velocities (RVs) discussed by Torres to fit an orbit. Because of the imbalance of the sizes of the astrometry and RV data sets, several methods of weighting are discussed. The resulting mass of the Cepheid is 5.13 ± 0.28&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;. Because of the comparatively large eccentricity of the orbit (0.63), the mass derived is sensitive to the value found for the eccentricity. The mass combined with the distance shows that the Cepheid is more luminous than predicted for this mass from evolutionary tracks. The identification of surface spots is discussed. This would give credence to the identification of a radial velocity variation with a period of approximately 120 days as a rotation period. Polaris has some unusual properties (rapid period change, a phase jump, variable amplitude, and unusual polarization). However, a pulsation scenario involving pulsation mode, orbital periastron passage, and low pulsation amplitude can explain these characteristics within the framework of pulsation seen in Cepheids.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2034336</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>