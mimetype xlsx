--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10536255</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/23780231211001971</t>
   </si>
   <si>
     <t>The Socioeconomic Attainments of Second-Generation Nigerian and Other Black Americans: Evidence from the Current Population Survey, 2009 to 2019</t>
   </si>
   <si>
-    <t>Sakamoto, Arthur [Texas A&amp;M University, College Station, TX, USA] (ORCID:0000000192061289); Amaral, Ernesto_F_L [Texas A&amp;M University, College Station, TX, USA] (ORCID:0000000301867557); Wang, Sharron_Xuanren [Delaware State University, Dover, DE, USA]; Nelson, Courtney [Sweet Briar College, Sweet Briar, VA, USA]</t>
+    <t>Sakamoto, Arthur (ORCID:0000000192061289); Amaral, Ernesto_F_L (ORCID:0000000301867557); Wang, Sharron_Xuanren; Nelson, Courtney</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2021-03-30T04:00:00Z</t>
   </si>
   <si>
     <t>Socius: Sociological Research for a Dynamic World</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2378-0231</t>
   </si>
   <si>
     <t>&lt;p&gt;Second-generation black Americans have been inadequately studied in prior quantitative research. The authors seek to ameliorate this research gap by using the Current Population Survey to investigate education and wages among second-generation black Americans with a focus on Nigerian Americans. The latter group has been identified in some qualitative studies as having particularly notable socioeconomic attainments. The results indicate that the educational attainment of second-generation Nigerian Americans exceeds other second-generation black Americans, third- and higher generation African Americans, third- and higher generation whites, second-generation whites, and second-generation Asian Americans. Controlling for age, education, and disability, the wages of second-generation Nigerian Americans have reached parity with those of third- and higher generation whites. The educational attainment of other second-generation black Americans exceeds that of third- and higher generation African Americans but has reached parity with that of third- and higher generation whites only among women. These results indicate significant socioeconomic variation within the African American/black category by gender, ethnicity, and generational status that merits further research.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1757813</t>
   </si>