--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-10-01T04:00:00Z</t>
   </si>
   <si>
     <t>Earth and Planetary Science Letters</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>118895</t>
   </si>
   <si>
     <t>0012-821X</t>
   </si>
   <si>
     <t>We utilized shear wave splitting analysis of teleseismic SKS, SKKS, and PKS phases to infer upper mantle deformational fabrics across a substantial area of Southeast Asia, where splitting measurements were previously limited. We used newly available permanent and temporary broadband seismic networks deployed across the Indo-Burma subduction zone and the eastern Indochina peninsula. The resulting 492 well-constrained splitting and 654 null measurements from 185 stations reveal clear large-scale patterns in the mantle deformational fabrics in response to the highly oblique active subduction and a large transform plate boundary. We identified two distinct domains of mantle deformation fabrics in the western Burma microplate and the eastern Indochina peninsula. In the former, trench parallel N-S fast polarization directions with an average lag time (δt) of 1.9 s are observed beneath the Indo-Burman Ranges. We suggest the observed splitting is partly due to anisotropy in the sub-slab region and relates to shear induced by the north moving Indian plate. The lithospheric fabric within the Indo-Burman Ranges and underlying subducting slab fabric contribute to produce the observed average δt of 1.9 s. The δt value decreases to an average of 1.0 s towards the back-arc until we reach the dextral Sagaing fault. In the second domain, starting approximately 100 km east of the Sagaing fault, we observe a consistent E-W fast direction with an average δt of 1.10 s in the eastern Shan-Thai and Indochina blocks. We interpret the E-W fabric as due to the deformation associated with the westward spreading of the Hainan mantle plume, possibly driven by overriding plate motion. Low velocities in the shallow mantle and late Cenozoic intraplate volcanism in this region support the plume-driven asthenospheric flow model in the Indochina peninsula. The sudden transition of the fast polarization direction from N-S to E-W along the eastern edge of the Burma microplate indicates the Sagaing fault acts as a mantle flow boundary between the subduction dominated trench parallel flow to the west and plume induced asthenospheric flow to the east. We also observed no net splitting beneath the Bengal basin which is most likely due to the presence of frozen vertical fabric resulting from the Kerguelen plume activity during Early Cretaceous.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1714892; 2225216; 1714875</t>
+    <t>1714892; 2225216; 1714875; 1714651</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>15.5MB</t>
   </si>
   <si>
     <t>pdf</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>