--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10536366</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Study of Bayesian Neural Network Surrogates for Bayesian Optimization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yucen, Lily L; Rudner, Tim G; Wilson, Andrew G</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-07T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Bayesian optimization is a highly efficient approach to optimizing objective functions which are expensive to query. These objectives are typically represented by Gaussian process (GP) surrogate models which are easy to optimize and support exact inference. While standard GP surrogates have been well-established in Bayesian optimization, Bayesian neural networks (BNNs) have recently become practical function approximators, with many benefits over standard GPs such as the ability to naturally handle non-stationarity and learn representations for high-dimensional data. In this paper, we study BNNs as alternatives to standard GP surrogates for optimization. We consider a variety of approximate inference procedures for finite-width BNNs, including high-quality Hamiltonian Monte Carlo, low-cost stochastic MCMC, and heuristics such as deep ensembles. We also consider infinite-width BNNs, linearized Laplace approximations, and partially stochastic models such as deep kernel learning. We evaluate this collection of surrogate models on diverse problems with varying dimensionality, number of objectives, non-stationarity, and discrete and continuous inputs. We find: (i) the ranking of methods is highly problem dependent, suggesting the need for tailored inductive biases; (ii) HMC is the most successful approximate inference procedure for fully stochastic BNNs; (iii) full stochasticity may be unnecessary as deep kernel learning is relatively competitive; (iv) deep ensembles perform relatively poorly; (v) infinite-width BNNs are particularly promising, especially in high dimensions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2145492</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Conference on Learning Representations</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>