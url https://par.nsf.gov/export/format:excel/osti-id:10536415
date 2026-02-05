--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10536415</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18260/1-2--47006</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Board 417: Understanding the Implementation of the STEM-ID Curricula in Middle School Engineering Classrooms (Fundamental)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gale, Jessica; Alemdar, Meltem; Moore, Roxanne</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Despite recent progress in the adoption of engineering at the K-12 level, the scarcity of high-quality engineering curricula remains a challenge. With support from a previous NSF grant, our research team iteratively developed the three-year middle school engineering curricula, STEM-ID. Through a series of contextualized challenges, the 18-week STEM-ID curricula incorporate foundational mathematics and science skills and practices and advanced manufacturing tools such as computer aided design (CAD) and 3D printing, while introducing engineering concepts like pneumatics, aeronautics, and robotics.
+Our current project, supported by an NSF DRK-12 grant, seeks to examine the effectiveness of STEM-ID when implemented in diverse schools within a large school district in the southeastern United States. This paper will present early findings of the project’s implementation research conducted over two school years with a total of ten engineering teachers in nine schools. Guided by the Innovation Implementation framework (Century &amp;amp; Cassata, 2014), our implementation research triangulates observation, interview, and survey data to describe overall implementation of STEM-ID as well as implementation of six critical components of the curricula: engaging students in the engineering design process (EDP), math-science integration, collaborative group work, contextualized challenges, utilization of advanced manufacturing technology, and utilization of curriculum materials. Implementation data provide clear evidence that each of the critical components of STEM-ID were evident as the curricula were enacted in participating schools. Our data indicate strong implementation of four critical components (utilization of materials, math-science integration, collaborative group work, and contextualized challenges) across teachers. Engaging students in the EDP and advanced-manufacturing technology were implemented, to varying degrees, by all but two teachers. As expected, implementation of critical components mirrored overall implementation patterns, with teachers who completed more of the curricula tending to implement the critical components more fully than those who did not complete the curricula. In addition to tracking implementation of critical components, the project is also interested in understanding contextual factors that influence enactment of the curricula, including characteristics of the STEM-ID curricula, teachers, and organizations (school and district). Interview and observation data suggest a number of teacher characteristics that may account for variations in implementation including teachers’ organization and time management skills, self-efficacy, and pedagogical content knowledge (PCK). Notably, prior teaching experience did not consistently translate into higher completion rates, emphasizing the need for targeted support regardless of teachers' backgrounds. This research contributes valuable insights into the challenges and successes of implementing engineering curricula in diverse educational settings.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2101441</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ASEE Conferences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Portland, Oregon</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>