--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10536555</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5281/zenodo.12729966</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Prompting as Panacea? A Case Study of In-Context Learning Performance for Qualitative Coding of Classroom Dialog</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ganesh, Ananya; Ch, Chelsea; ler; D'Mello, Sidney; Palmer, Martha; Kann, Katharina</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Benjamin, Paaßen; Carrie, Demmans Epp</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>One of the areas where Large Language Models (LLMs) show promise is for automated qualitative coding, typically framed as a text classification task in natural language processing (NLP). Their demonstrated ability to leverage in-context learning to operate well even in data-scarce settings poses the question of whether collecting and annotating large-scale data for training qualitative coding models is still beneficial. In this paper, we empirically investigate the performance of LLMs designed for use in prompting-based in-context learning settings, and draw a comparison to models that have been trained using the traditional pretraining--finetuning paradigm with task-specific annotated data, specifically for tasks involving qualitative coding of classroom dialog. Compared to other domains where NLP studies are typically situated, classroom dialog is much more natural and therefore messier. Moreover, tasks in this domain are nuanced and theoretically grounded and require a deep understanding of the conversational context. We provide a comprehensive evaluation across five datasets, including tasks such as talkmove prediction and collaborative problem solving skill identification. Our findings show that task-specific finetuning strongly outperforms in-context learning, showing the continuing need for high-quality annotated training datasets.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2326170</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Educational Data Mining Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>Creative Commons Attribution 4.0 International</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>