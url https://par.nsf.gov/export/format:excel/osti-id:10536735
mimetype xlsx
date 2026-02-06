--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10536735</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Patch Diffusion: Faster and More Data-Efficient Training of Diffusion Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Zhendong; Jiang, Yifan; Zheng, Huangjie; Wang, Peihao; He, Pengcheng; Wang, Zhangyang; Chen, Weizhu; Zhou, Mingyuan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Diffusion models are powerful, but they require a lot of time and data to train. We propose Patch Diffusion, a generic patch-wise training framework, to significantly reduce the training time costs while improving data efficiency, which thus helps democratize diffusion model training to broader users. At the core of our innovations is a new conditional score function at the patch level, where the patch location in the original image is included as additional coordinate channels, while the patch size is randomized and diversified throughout training to encode the cross-region dependency at multiple scales. Sampling with our method is as easy as in the original diffusion model. Through Patch Diffusion, we could achieve ≥2× faster training, while maintaining comparable or better generation quality. Patch Diffusion meanwhile improves the performance of diffusion models trained on relatively small datasets, e.g., as few as 5,000 images to train from scratch. We achieve outstanding FID scores in line with state-of-the-art benchmarks: 1.77 on CelebA-64×64, 1.93 on AFHQv2-Wild-64×64, and 2.72 on ImageNet-256×256. We share our code and pre-trained models in GitHub.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2212418</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Neural Information Processing Systems</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>