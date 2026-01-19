--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-08-27T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the National Academy of Sciences</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>0027-8424</t>
   </si>
   <si>
     <t>&lt;p&gt;Estuaries, as connectors between land and ocean, have complex interactions of river and tidal flows that affect the transport of buoyant materials like floating plastics, oil spills, organic matter, and larvae. This study investigates surface-trapped buoyant particle transport in estuaries by using idealized and realistic numerical simulations along with a theoretical model. While river discharge and estuarine exchange flow are usually expected to export buoyant particles to the ocean over subtidal timescales, this study reveals a ubiquitous physical transport mechanism that causes retention of buoyant particles in estuaries. Tidally varying surface convergence fronts affect the aggregation of buoyant particles, and the coupling between particle aggregation and oscillatory tidal currents leads to landward transport at subtidal timescales. Landward transport and retention of buoyant particles is greater in small estuaries, while large estuaries tend to export buoyant particles to the ocean. A dimensionless width parameter incorporating the tidal radian frequency and lateral velocity distinguishes small and large estuaries at a transitional value of around 1. Additionally, higher river flow tends to shift estuaries toward seaward transport and export of buoyant particles. These findings provide insights into understanding the distribution of buoyant materials in estuaries and predicting their fate in the land–sea exchange processes.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2123002</t>
+    <t>2123002; 2053240</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>