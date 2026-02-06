--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10537441</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1098/rspb.2024.0317</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Moth resonant mechanics are tuned to wingbeat frequency and energetic demands</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wold, Ethan S; Aiello, Brett; Harris, Manon; bin_Sikandar, Usama; Lynch, James; Gravish, Nick; Sponberg, Simon</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Royal Society B: Biological Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>291</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1471-2954</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;An insect’s wingbeat frequency is a critical determinant of its flight performance and varies by multiple orders of magnitude across Insecta. Despite potential energetic benefits for an insect that matches its wingbeat frequency to its resonant frequency, recent work has shown that moths may operate off their resonant peak. We hypothesized that across species, wingbeat frequency scales with resonance frequency to maintain favourable energetics, but with an offset in species that use frequency modulation as a means of flight control. The moth superfamily Bombycoidea is ideal for testing this hypothesis because their wingbeat frequencies vary across species by an order of magnitude, despite similar morphology and actuation. We used materials testing, high-speed videography and a model of resonant aerodynamics to determine how components of an insect’s flight apparatus (stiffness, wing inertia, muscle strain and aerodynamics) vary with wingbeat frequency. We find that the resonant frequency of a moth correlates with wingbeat frequency, but resonance curve shape (described by the Weis-Fogh number) and peak location vary within the clade in a way that corresponds to frequency-dependent biomechanical demands. Our results demonstrate that a suite of adaptations in muscle, exoskeleton and wing drive variation in resonant mechanics, reflecting potential constraints on matching wingbeat and resonant frequencies.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2310741; 1806833</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Royal Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>